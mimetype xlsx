--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -54,99 +54,99 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Fábio Queiroz Aragão</t>
   </si>
   <si>
-    <t>https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_028-2021.pdf</t>
+    <t>http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_028-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do art. 5º da Lei 1.830/2009 que versa sobre a composição do Conselho Municipal de Patrimônio Histórico e Cultural no âmbito deste município.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>Nailson Ramos</t>
   </si>
   <si>
-    <t>https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_178-2021.pdf</t>
+    <t>http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_178-2021.pdf</t>
   </si>
   <si>
     <t>Determina que seja tombado como patrimônio histórico e ambiental a árvore centenária denominada popularmente de "Caibeira" localizada na Rua do Rio.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_205-2021.pdf</t>
+    <t>http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_205-2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE: DECLARA PATRIMÔNIO CULTURAL IMATERIAL DO MUNICIPIO DE SANTA CRUZ DO CAPIBARIBE, A FESTA DO SENHOR BOM JESUS DOS AFLITOS E SÃO MIGUEL - PADROEIROS DA CIDADE</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Gilson Julião, Nailson Ramos</t>
   </si>
   <si>
-    <t>https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei__n254-2021.pdf</t>
+    <t>http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei__n254-2021.pdf</t>
   </si>
   <si>
     <t>Determina o tombamento da Fachada, Auditoria São José e a Gruta Nossa Senhora de Lourdes, além de todo o conjunto arquitetônico da Escola Ivone Gonçalves de Araújo (antigo Colégio Cenecista Pe. José Aragão Araújo), que represente características únicas da arquitetura do referido prédio, localizada na Avenida 29 de Dezembro, município de Santa Cruz do Capibaribe e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -453,68 +453,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_028-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_178-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_205-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei__n254-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/128/projeto_de_lei_028-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/115/projeto_de_lei_178-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/134/projeto_de_lei_205-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santacruzdocapibaribe.pe.leg.br/media/sapl/public/materialegislativa/2021/52/projeto_de_lei__n254-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>